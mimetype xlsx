--- v0 (2025-11-17)
+++ v1 (2026-01-10)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1238745/420495</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1238745/420495</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>