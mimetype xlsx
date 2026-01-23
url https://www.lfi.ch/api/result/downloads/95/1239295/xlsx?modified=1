--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,185 +14,185 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diameter at breast height (in 4 cm classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (classi di 4 cm)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-19 cm</t>
   </si>
   <si>
     <t>20-23 cm</t>
   </si>
   <si>
     <t>24-27 cm</t>
   </si>
   <si>
     <t>28-31 cm</t>
   </si>
   <si>
     <t>32-35 cm</t>
   </si>
   <si>
     <t>36-39 cm</t>
   </si>
@@ -298,222 +298,222 @@
   <si>
     <t>172-175 cm</t>
   </si>
   <si>
     <t>176-179 cm</t>
   </si>
   <si>
     <t>180-183 cm</t>
   </si>
   <si>
     <t>184-187 cm</t>
   </si>
   <si>
     <t>188-191 cm</t>
   </si>
   <si>
     <t>192-195 cm</t>
   </si>
   <si>
     <t>196-199 cm</t>
   </si>
   <si>
     <t>=200 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1239295/421045</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (in 4 cm classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (classi di 4 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1030</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm dbh - in classes of 4 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU suddiviso per classi di diametro di 4 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -868,51 +868,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5897,51 +5897,51 @@
         <v>100.0</v>
       </c>
       <c r="AC62" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AD62" s="7">
         <v>100.0</v>
       </c>
       <c r="AE62" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="63" spans="1:31" customHeight="1" ht="21.75">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1239295/421045</t>
           </r>
         </is>
       </c>
       <c r="B63" s="3"/>
       <c r="C63" s="3"/>
       <c r="D63" s="3"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="J63" s="3"/>
       <c r="K63" s="3"/>
@@ -5957,191 +5957,191 @@
       <c r="U63" s="3"/>
       <c r="V63" s="3"/>
       <c r="W63" s="3"/>
       <c r="X63" s="3"/>
       <c r="Y63" s="3"/>
       <c r="Z63" s="3"/>
       <c r="AA63" s="3"/>
       <c r="AB63" s="3"/>
       <c r="AC63" s="3"/>
       <c r="AD63" s="3"/>
       <c r="AE63" s="3"/>
     </row>
     <row r="66" spans="1:31">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:31" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="69" spans="1:31">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (in 4 cm classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (classi di 4 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1030</t>
           </r>
         </is>
       </c>
     </row>
     <row r="70" spans="1:31" customHeight="1" ht="29">
       <c r="A70" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:31">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:31" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="75" spans="1:31">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:31" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="78" spans="1:31">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:31" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>