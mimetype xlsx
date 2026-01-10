--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,161 +14,161 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>diametro a petto d'uomo (classi di 4 cm)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>diameter at breast height (in 4 cm classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...23 lines deleted...]
-    <t>Svizzera</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-19 cm</t>
   </si>
   <si>
     <t>20-23 cm</t>
   </si>
   <si>
     <t>24-27 cm</t>
   </si>
   <si>
     <t>28-31 cm</t>
   </si>
   <si>
     <t>32-35 cm</t>
   </si>
   <si>
     <t>36-39 cm</t>
   </si>
@@ -274,222 +274,222 @@
   <si>
     <t>172-175 cm</t>
   </si>
   <si>
     <t>176-179 cm</t>
   </si>
   <si>
     <t>180-183 cm</t>
   </si>
   <si>
     <t>184-187 cm</t>
   </si>
   <si>
     <t>188-191 cm</t>
   </si>
   <si>
     <t>192-195 cm</t>
   </si>
   <si>
     <t>196-199 cm</t>
   </si>
   <si>
     <t>=200 cm</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1239706/421456</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (classi di 4 cm)</t>
+      <t xml:space="preserve">diameter at breast height (in 4 cm classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1030</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU suddiviso per classi di diametro di 4 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm dbh - in classes of 4 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -844,51 +844,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3361,235 +3361,235 @@
         <v>492</v>
       </c>
       <c r="M62" s="7">
         <v>4</v>
       </c>
       <c r="N62" s="7">
         <v>412</v>
       </c>
       <c r="O62" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:15" customHeight="1" ht="21.75">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1239706/421456</t>
           </r>
         </is>
       </c>
       <c r="B63" s="3"/>
       <c r="C63" s="3"/>
       <c r="D63" s="3"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="J63" s="3"/>
       <c r="K63" s="3"/>
       <c r="L63" s="3"/>
       <c r="M63" s="3"/>
       <c r="N63" s="3"/>
       <c r="O63" s="3"/>
     </row>
     <row r="66" spans="1:15">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:15" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (classi di 4 cm)</t>
+            <t xml:space="preserve">diameter at breast height (in 4 cm classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1030</t>
           </r>
         </is>
       </c>
     </row>
     <row r="70" spans="1:15" customHeight="1" ht="29">
       <c r="A70" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:15" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:15" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:15" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>