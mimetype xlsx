--- v0 (2025-11-19)
+++ v1 (2026-01-11)
@@ -14,161 +14,161 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diameter at breast height (in 4 cm classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (classi di 4 cm)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-19 cm</t>
   </si>
   <si>
     <t>20-23 cm</t>
   </si>
   <si>
     <t>24-27 cm</t>
   </si>
   <si>
     <t>28-31 cm</t>
   </si>
   <si>
     <t>32-35 cm</t>
   </si>
   <si>
     <t>36-39 cm</t>
   </si>
@@ -274,222 +274,222 @@
   <si>
     <t>172-175 cm</t>
   </si>
   <si>
     <t>176-179 cm</t>
   </si>
   <si>
     <t>180-183 cm</t>
   </si>
   <si>
     <t>184-187 cm</t>
   </si>
   <si>
     <t>188-191 cm</t>
   </si>
   <si>
     <t>192-195 cm</t>
   </si>
   <si>
     <t>196-199 cm</t>
   </si>
   <si>
     <t>=200 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1239715/421465</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (in 4 cm classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (classi di 4 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1030</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm dbh - in classes of 4 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU suddiviso per classi di diametro di 4 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -844,51 +844,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3361,235 +3361,235 @@
         <v>462</v>
       </c>
       <c r="M62" s="7">
         <v>4</v>
       </c>
       <c r="N62" s="7">
         <v>405</v>
       </c>
       <c r="O62" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:15" customHeight="1" ht="21.75">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1239715/421465</t>
           </r>
         </is>
       </c>
       <c r="B63" s="3"/>
       <c r="C63" s="3"/>
       <c r="D63" s="3"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="J63" s="3"/>
       <c r="K63" s="3"/>
       <c r="L63" s="3"/>
       <c r="M63" s="3"/>
       <c r="N63" s="3"/>
       <c r="O63" s="3"/>
     </row>
     <row r="66" spans="1:15">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:15" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (in 4 cm classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (classi di 4 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1030</t>
           </r>
         </is>
       </c>
     </row>
     <row r="70" spans="1:15" customHeight="1" ht="29">
       <c r="A70" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:15" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:15" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:15" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>