--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diameter at breast height (main diameter classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Stammzahl</t>
+  </si>
+  <si>
+    <t>Brusthöhendurchmesser (Stärkeklassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 n</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 Stk.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>1000 n</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 Stk.</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-23 cm</t>
   </si>
   <si>
     <t>24-35 cm</t>
   </si>
   <si>
     <t>36-51 cm</t>
   </si>
   <si>
     <t>=52 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1239744/421494</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">Stammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (main diameter classes)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (Stärkeklassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1029</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm dbh, classified in main diameter classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD nach Stärkeklasse. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,64 +715,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1211,235 +1211,235 @@
         <v>73733</v>
       </c>
       <c r="M19" s="7">
         <v>4</v>
       </c>
       <c r="N19" s="7">
         <v>484244</v>
       </c>
       <c r="O19" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1239744/421494</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">Stammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (main diameter classes)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (Stärkeklassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1029</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>