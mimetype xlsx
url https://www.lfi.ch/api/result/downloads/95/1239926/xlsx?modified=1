--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone · conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>alte/basse quote · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...14 lines deleted...]
-    <t>higher altitude zone</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1239926/421676</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>29.9</v>
       </c>
       <c r="N32" s="6">
         <v>4</v>
       </c>
       <c r="O32" s="6">
         <v>31.1</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1239926/421676</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>