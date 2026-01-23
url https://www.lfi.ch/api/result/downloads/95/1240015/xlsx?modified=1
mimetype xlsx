--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,433 +14,433 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen) · Hauptbaumart</t>
+    <t>diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Produktionsregion</t>
+    <t>regione di produzione</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t>Giura</t>
   </si>
   <si>
-    <t>Mittelland</t>
+    <t>Altopiano</t>
   </si>
   <si>
-    <t>Voralpen</t>
+    <t>Prealpi</t>
   </si>
   <si>
-    <t>Alpen</t>
+    <t>Alpi</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
+    <t>diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240015/421765</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
+      <t xml:space="preserve">diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1316</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der 100 stärksten stehenden lebenden Bäume und Sträucher ab 12 cm BHD pro Hektare in acht Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) dei 100 alberi e arbusti (vivi in piedi) più grossi a partire da 12 cm di DPU, in otto classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -792,52 +792,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="74.125" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -7271,268 +7271,268 @@
         <v>33.8</v>
       </c>
       <c r="L162" s="6">
         <v>4</v>
       </c>
       <c r="M162" s="6">
         <v>32.4</v>
       </c>
       <c r="N162" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:14" customHeight="1" ht="21.75">
       <c r="A163" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240015/421765</t>
           </r>
         </is>
       </c>
       <c r="C163" s="3"/>
       <c r="D163" s="3"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3"/>
       <c r="K163" s="3"/>
       <c r="L163" s="3"/>
       <c r="M163" s="3"/>
       <c r="N163" s="3"/>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="167" spans="1:14" customHeight="1" ht="29">
       <c r="A167" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
+            <t xml:space="preserve">diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1316</t>
           </r>
         </is>
       </c>
     </row>
     <row r="170" spans="1:14" customHeight="1" ht="29">
       <c r="A170" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="173" spans="1:14" customHeight="1" ht="29">
       <c r="A173" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="176" spans="1:14" customHeight="1" ht="29">
       <c r="A176" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="179" spans="1:14" customHeight="1" ht="29">
       <c r="A179" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="182" spans="1:14" customHeight="1" ht="29">
       <c r="A182" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>