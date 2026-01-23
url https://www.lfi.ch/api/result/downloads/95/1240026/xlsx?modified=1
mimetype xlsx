--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,436 +14,436 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>dominant diameter at breast height (standing-living - in 8 classes) · main tree species</t>
+    <t>dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>biogeographical region</t>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Mittelland</t>
   </si>
   <si>
-    <t>Northern Alps</t>
+    <t>Alpennordflanke</t>
   </si>
   <si>
-    <t>Western Central-Alps</t>
+    <t>Westliche Zentralalpen</t>
   </si>
   <si>
-    <t>Eastern Central-Alps</t>
+    <t>Östliche Zentralalpen</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdflanke</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>dominant diameter at breast height (standing-living - in 8 classes)</t>
+    <t>dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240026/421776</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominant diameter at breast height (standing-living - in 8 classes)</t>
+      <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1316</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the 100 largest (thickest) standing living trees and shrubs ≥12 cm dbh per hectare – in eight classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der 100 stärksten stehenden lebenden Bäume und Sträucher ab 12 cm BHD pro Hektare in acht Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -795,52 +795,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -8188,270 +8188,270 @@
         <v>29.9</v>
       </c>
       <c r="N162" s="6">
         <v>4</v>
       </c>
       <c r="O162" s="6">
         <v>31.1</v>
       </c>
       <c r="P162" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:16" customHeight="1" ht="21.75">
       <c r="A163" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240026/421776</t>
           </r>
         </is>
       </c>
       <c r="C163" s="3"/>
       <c r="D163" s="3"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3"/>
       <c r="K163" s="3"/>
       <c r="L163" s="3"/>
       <c r="M163" s="3"/>
       <c r="N163" s="3"/>
       <c r="O163" s="3"/>
       <c r="P163" s="3"/>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="29">
       <c r="A167" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominant diameter at breast height (standing-living - in 8 classes)</t>
+            <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1316</t>
           </r>
         </is>
       </c>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="29">
       <c r="A170" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="29">
       <c r="A173" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="29">
       <c r="A176" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="179" spans="1:16" customHeight="1" ht="29">
       <c r="A179" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="29">
       <c r="A182" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>