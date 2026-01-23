--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,433 +14,433 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>basal area</t>
   </si>
   <si>
-    <t>dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen) · Hauptbaumart</t>
+    <t>dominant diameter at breast height (standing-living - in 8 classes) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Produktionsregion</t>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Voralpen</t>
+    <t>Pre-Alps</t>
   </si>
   <si>
-    <t>Alpen</t>
+    <t>Alps</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
+    <t>dominant diameter at breast height (standing-living - in 8 classes)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240034/421784</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
+      <t xml:space="preserve">dominant diameter at breast height (standing-living - in 8 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1316</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der 100 stärksten stehenden lebenden Bäume und Sträucher ab 12 cm BHD pro Hektare in acht Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of the 100 largest (thickest) standing living trees and shrubs ≥12 cm dbh per hectare – in eight classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -792,52 +792,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="74.125" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -7271,268 +7271,268 @@
         <v>29.3</v>
       </c>
       <c r="L162" s="6">
         <v>4</v>
       </c>
       <c r="M162" s="6">
         <v>30.7</v>
       </c>
       <c r="N162" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:14" customHeight="1" ht="21.75">
       <c r="A163" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240034/421784</t>
           </r>
         </is>
       </c>
       <c r="C163" s="3"/>
       <c r="D163" s="3"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3"/>
       <c r="K163" s="3"/>
       <c r="L163" s="3"/>
       <c r="M163" s="3"/>
       <c r="N163" s="3"/>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="167" spans="1:14" customHeight="1" ht="29">
       <c r="A167" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
+            <t xml:space="preserve">dominant diameter at breast height (standing-living - in 8 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1316</t>
           </r>
         </is>
       </c>
     </row>
     <row r="170" spans="1:14" customHeight="1" ht="29">
       <c r="A170" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="173" spans="1:14" customHeight="1" ht="29">
       <c r="A173" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="176" spans="1:14" customHeight="1" ht="29">
       <c r="A176" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="179" spans="1:14" customHeight="1" ht="29">
       <c r="A179" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="182" spans="1:14" customHeight="1" ht="29">
       <c r="A182" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>