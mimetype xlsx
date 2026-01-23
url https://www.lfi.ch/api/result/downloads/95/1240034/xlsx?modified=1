--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,433 +14,433 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>dominant diameter at breast height (standing-living - in 8 classes) · main tree species</t>
+    <t>diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>production region</t>
+    <t>regione di produzione</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t>Giura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Altopiano</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
+    <t>Prealpi</t>
   </si>
   <si>
-    <t>Alps</t>
+    <t>Alpi</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>dominant diameter at breast height (standing-living - in 8 classes)</t>
+    <t>diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240034/421784</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominant diameter at breast height (standing-living - in 8 classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1316</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the 100 largest (thickest) standing living trees and shrubs ≥12 cm dbh per hectare – in eight classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) dei 100 alberi e arbusti (vivi in piedi) più grossi a partire da 12 cm di DPU, in otto classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -792,52 +792,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -7271,268 +7271,268 @@
         <v>29.3</v>
       </c>
       <c r="L162" s="6">
         <v>4</v>
       </c>
       <c r="M162" s="6">
         <v>30.7</v>
       </c>
       <c r="N162" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:14" customHeight="1" ht="21.75">
       <c r="A163" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240034/421784</t>
           </r>
         </is>
       </c>
       <c r="C163" s="3"/>
       <c r="D163" s="3"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3"/>
       <c r="K163" s="3"/>
       <c r="L163" s="3"/>
       <c r="M163" s="3"/>
       <c r="N163" s="3"/>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="167" spans="1:14" customHeight="1" ht="29">
       <c r="A167" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominant diameter at breast height (standing-living - in 8 classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1316</t>
           </r>
         </is>
       </c>
     </row>
     <row r="170" spans="1:14" customHeight="1" ht="29">
       <c r="A170" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="173" spans="1:14" customHeight="1" ht="29">
       <c r="A173" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="176" spans="1:14" customHeight="1" ht="29">
       <c r="A176" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="179" spans="1:14" customHeight="1" ht="29">
       <c r="A179" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="182" spans="1:14" customHeight="1" ht="29">
       <c r="A182" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>