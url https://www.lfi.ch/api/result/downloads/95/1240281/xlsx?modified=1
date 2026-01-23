--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>forest aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>uniform high forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240281/422031</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1558,235 +1558,235 @@
         <v>33.8</v>
       </c>
       <c r="M26" s="6">
         <v>4</v>
       </c>
       <c r="N26" s="6">
         <v>32.4</v>
       </c>
       <c r="O26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240281/422031</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>