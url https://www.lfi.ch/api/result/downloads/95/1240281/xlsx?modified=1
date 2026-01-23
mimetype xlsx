--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>fustaia regolare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240281/422031</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1558,235 +1558,235 @@
         <v>33.8</v>
       </c>
       <c r="M26" s="6">
         <v>4</v>
       </c>
       <c r="N26" s="6">
         <v>32.4</v>
       </c>
       <c r="O26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240281/422031</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>