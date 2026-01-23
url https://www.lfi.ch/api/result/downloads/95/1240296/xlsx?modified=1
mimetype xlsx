--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Basalfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,273 +172,273 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240296/422046</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -790,51 +790,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -3477,51 +3477,51 @@
         <v>26.6</v>
       </c>
       <c r="AY26" s="6">
         <v>5</v>
       </c>
       <c r="AZ26" s="6">
         <v>31.1</v>
       </c>
       <c r="BA26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240296/422046</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -3559,191 +3559,191 @@
       <c r="AQ27" s="3"/>
       <c r="AR27" s="3"/>
       <c r="AS27" s="3"/>
       <c r="AT27" s="3"/>
       <c r="AU27" s="3"/>
       <c r="AV27" s="3"/>
       <c r="AW27" s="3"/>
       <c r="AX27" s="3"/>
       <c r="AY27" s="3"/>
       <c r="AZ27" s="3"/>
       <c r="BA27" s="3"/>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:53">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:53" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:53">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:53" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>