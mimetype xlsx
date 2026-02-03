--- v0 (2025-12-08)
+++ v1 (2026-02-03)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>specie arborea (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240428/422178</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">specie arborea (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>457</v>
       </c>
       <c r="M20" s="6">
         <v>4</v>
       </c>
       <c r="N20" s="6">
         <v>405</v>
       </c>
       <c r="O20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240428/422178</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">specie arborea (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>