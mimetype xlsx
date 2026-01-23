--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>specie arborea (5 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Stammzahl</t>
+  </si>
+  <si>
+    <t>Baumart (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>n/ha</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...17 lines deleted...]
-    <t>totale</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240429/422179</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">Stammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (5 classi)</t>
+      <t xml:space="preserve">Baumart (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,62 +712,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1193,233 +1193,233 @@
         <v>462</v>
       </c>
       <c r="K20" s="6">
         <v>4</v>
       </c>
       <c r="L20" s="6">
         <v>405</v>
       </c>
       <c r="M20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240429/422179</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">Stammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (5 classi)</t>
+            <t xml:space="preserve">Baumart (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>