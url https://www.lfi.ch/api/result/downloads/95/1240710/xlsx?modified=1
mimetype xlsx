--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,439 +14,439 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>forest formations (NaiS; 10 classes) · main tree species</t>
+    <t>NaiS-Waldformationen (10 Klassen) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>production region</t>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Mittelland</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
+    <t>Voralpen</t>
   </si>
   <si>
-    <t>Alps</t>
+    <t>Alpen</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>forest formations (NaiS; 10 classes)</t>
+    <t>NaiS-Waldformationen (10 Klassen)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>beech forests</t>
+    <t>Buchenwälder</t>
   </si>
   <si>
-    <t>silver fir-beech forests</t>
+    <t>Tannen-Buchenwälder</t>
   </si>
   <si>
-    <t>other boradleaved forests</t>
+    <t>übrige Laubwälder</t>
   </si>
   <si>
-    <t>silver fir-spruce forests</t>
+    <t>Tannen-Fichtenwälder</t>
   </si>
   <si>
-    <t>spruce forests</t>
+    <t>Fichtenwälder</t>
   </si>
   <si>
-    <t>Arolla pine and larch forests</t>
+    <t>Arven- und Lärchenwälder</t>
   </si>
   <si>
-    <t>pine forests</t>
+    <t>Föhrenwälder</t>
   </si>
   <si>
-    <t>pioneer forests</t>
+    <t>Pionierwälder</t>
   </si>
   <si>
-    <t>shrub forests*</t>
+    <t>Gebüschwälder*</t>
   </si>
   <si>
-    <t>non-forest*</t>
+    <t>Nichtwald*</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240710/422460</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+      <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
+    <t>Zusammenfassung der 18 Gruppen von NaiS-Standorttypen mit jeweils ähnlichem Ziel für die Hauptbaumarten (NAISGGROB20) zu 10 als «Waldformationen» bezeichneten Grossverbänden. *Durch die kleinflächige Ansprache der Standorttypen im Rahmen des Projektes NaiS-LFI ist es möglich, dass auf Probeflächen, die im LFI als «Wald» gelten, Nichtwald-Standorttypen (z.B. Wiese, Weide, Fels) vorkommen. Ebenso können im «Wald ohne Gebüschwald» Gebüschwald-Standorttypen vorhanden sein.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -798,52 +798,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -8541,268 +8541,268 @@
         <v>33.8</v>
       </c>
       <c r="L192" s="6">
         <v>4</v>
       </c>
       <c r="M192" s="6">
         <v>32.4</v>
       </c>
       <c r="N192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:14" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240710/422460</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
       <c r="M193" s="3"/>
       <c r="N193" s="3"/>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:14" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+            <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:14" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:14" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:14" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:14" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:14" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>