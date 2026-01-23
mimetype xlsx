--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,466 +14,466 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>forest formations (NaiS; 10 classes) · main tree species</t>
+    <t>NaiS-Waldformationen (10 Klassen) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>forest formations (NaiS; 10 classes)</t>
+    <t>NaiS-Waldformationen (10 Klassen)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>beech forests</t>
+    <t>Buchenwälder</t>
   </si>
   <si>
-    <t>silver fir-beech forests</t>
+    <t>Tannen-Buchenwälder</t>
   </si>
   <si>
-    <t>other boradleaved forests</t>
+    <t>übrige Laubwälder</t>
   </si>
   <si>
-    <t>silver fir-spruce forests</t>
+    <t>Tannen-Fichtenwälder</t>
   </si>
   <si>
-    <t>spruce forests</t>
+    <t>Fichtenwälder</t>
   </si>
   <si>
-    <t>Arolla pine and larch forests</t>
+    <t>Arven- und Lärchenwälder</t>
   </si>
   <si>
-    <t>pine forests</t>
+    <t>Föhrenwälder</t>
   </si>
   <si>
-    <t>pioneer forests</t>
+    <t>Pionierwälder</t>
   </si>
   <si>
-    <t>shrub forests*</t>
+    <t>Gebüschwälder*</t>
   </si>
   <si>
-    <t>non-forest*</t>
+    <t>Nichtwald*</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240721/422471</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+      <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
+    <t>Zusammenfassung der 18 Gruppen von NaiS-Standorttypen mit jeweils ähnlichem Ziel für die Hauptbaumarten (NAISGGROB20) zu 10 als «Waldformationen» bezeichneten Grossverbänden. *Durch die kleinflächige Ansprache der Standorttypen im Rahmen des Projektes NaiS-LFI ist es möglich, dass auf Probeflächen, die im LFI als «Wald» gelten, Nichtwald-Standorttypen (z.B. Wiese, Weide, Fels) vorkommen. Ebenso können im «Wald ohne Gebüschwald» Gebüschwald-Standorttypen vorhanden sein.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -825,52 +825,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -18414,51 +18414,51 @@
         <v>30.2</v>
       </c>
       <c r="AD192" s="6">
         <v>4</v>
       </c>
       <c r="AE192" s="6">
         <v>31.1</v>
       </c>
       <c r="AF192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:32" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240721/422471</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
@@ -18474,226 +18474,226 @@
       <c r="V193" s="3"/>
       <c r="W193" s="3"/>
       <c r="X193" s="3"/>
       <c r="Y193" s="3"/>
       <c r="Z193" s="3"/>
       <c r="AA193" s="3"/>
       <c r="AB193" s="3"/>
       <c r="AC193" s="3"/>
       <c r="AD193" s="3"/>
       <c r="AE193" s="3"/>
       <c r="AF193" s="3"/>
     </row>
     <row r="196" spans="1:32">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:32" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="199" spans="1:32">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+            <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:32" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="202" spans="1:32">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:32" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="205" spans="1:32">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:32" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="208" spans="1:32">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:32" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="211" spans="1:32">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:32" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>