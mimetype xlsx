--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,466 +14,466 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>NaiS-Waldformationen (10 Klassen) · Hauptbaumart</t>
+    <t>formazioni forestali NaiS (10 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Wirtschaftsregion</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Jura West</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Jura Ost</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Mittelland West</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Mittelland Mitte</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Mittelland Ost</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Voralpen West</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Voralpen Mitte</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Voralpen Ost</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Alpen Nordwest</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Alpen Mitte</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Alpen Nordost</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>NaiS-Waldformationen (10 Klassen)</t>
+    <t>formazioni forestali NaiS (10 classi)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>Buchenwälder</t>
+    <t>faggete</t>
   </si>
   <si>
-    <t>Tannen-Buchenwälder</t>
+    <t>abieti-faggete</t>
   </si>
   <si>
-    <t>übrige Laubwälder</t>
+    <t>altri boschi di latifoglie</t>
   </si>
   <si>
-    <t>Tannen-Fichtenwälder</t>
+    <t>boschi di abete bianco e abete rosso</t>
   </si>
   <si>
-    <t>Fichtenwälder</t>
+    <t>peccete</t>
   </si>
   <si>
-    <t>Arven- und Lärchenwälder</t>
+    <t>cembrete e lariceti</t>
   </si>
   <si>
-    <t>Föhrenwälder</t>
+    <t>pinete</t>
   </si>
   <si>
-    <t>Pionierwälder</t>
+    <t>boschi pionieri</t>
   </si>
   <si>
-    <t>Gebüschwälder*</t>
+    <t>arbusteti*</t>
   </si>
   <si>
-    <t>Nichtwald*</t>
+    <t>non bosco*</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240721/422471</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+      <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Zusammenfassung der 18 Gruppen von NaiS-Standorttypen mit jeweils ähnlichem Ziel für die Hauptbaumarten (NAISGGROB20) zu 10 als «Waldformationen» bezeichneten Grossverbänden. *Durch die kleinflächige Ansprache der Standorttypen im Rahmen des Projektes NaiS-LFI ist es möglich, dass auf Probeflächen, die im LFI als «Wald» gelten, Nichtwald-Standorttypen (z.B. Wiese, Weide, Fels) vorkommen. Ebenso können im «Wald ohne Gebüschwald» Gebüschwald-Standorttypen vorhanden sein.</t>
+    <t>Sintesi dei 18 gruppi di tipologie forestali secondo NaiS, ciascuno con un obiettivo simile per le principali specie arboree (NAISGGROB20), in 10 grandi associazioni denominate «formazioni forestali». *A causa della valutazione delle tipologie forestali su piccola scala nell'ambito del progretto NaiS-LFI, è possibile che tipologie di aree non boschive (ad esempio prati, pascoli, rocce) siano presenti in aree considerate come «bosco» dall'IFN. Allo stesso modo, le tipologie tipiche degli arbusteti possono essere presenti su aree che l'IFN classifica come «bosco esclusi gli arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -825,52 +825,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -18414,51 +18414,51 @@
         <v>30.2</v>
       </c>
       <c r="AD192" s="6">
         <v>4</v>
       </c>
       <c r="AE192" s="6">
         <v>31.1</v>
       </c>
       <c r="AF192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:32" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240721/422471</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
@@ -18474,226 +18474,226 @@
       <c r="V193" s="3"/>
       <c r="W193" s="3"/>
       <c r="X193" s="3"/>
       <c r="Y193" s="3"/>
       <c r="Z193" s="3"/>
       <c r="AA193" s="3"/>
       <c r="AB193" s="3"/>
       <c r="AC193" s="3"/>
       <c r="AD193" s="3"/>
       <c r="AE193" s="3"/>
       <c r="AF193" s="3"/>
     </row>
     <row r="196" spans="1:32">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:32" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="199" spans="1:32">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+            <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:32" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="202" spans="1:32">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:32" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="205" spans="1:32">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:32" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="208" spans="1:32">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:32" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="211" spans="1:32">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:32" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>