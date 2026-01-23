--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>number of cases of damage</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>numero di danni</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no visible damage</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>nessun danno visibile</t>
+  </si>
+  <si>
+    <t>un danno visibile</t>
+  </si>
+  <si>
+    <t>due o più danni visibili</t>
+  </si>
+  <si>
+    <t>albero morto o a terra</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1241818/423568</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of cases of damage</t>
+      <t xml:space="preserve">numero di danni</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #653</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into four classes according to the number of visible cases of damage or the condition of the tree (living/dead, standing/lying). Reference: Field Survey (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
+    <t>Classificazione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in base al numero di danni visibili o alle condizioni dell'albero (vivo/morto, in piedi/a terra), in quattro classi. Fonte: rilievo sul terreno (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1105,233 +1105,233 @@
         <v>59893</v>
       </c>
       <c r="K18" s="6">
         <v>5</v>
       </c>
       <c r="L18" s="6">
         <v>432892</v>
       </c>
       <c r="M18" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1241818/423568</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of cases of damage</t>
+            <t xml:space="preserve">numero di danni</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>