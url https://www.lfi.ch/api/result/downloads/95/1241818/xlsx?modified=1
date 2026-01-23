--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>numero di danni</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Stammzahl</t>
+  </si>
+  <si>
+    <t>Anzahl Schäden</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 n</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 Stk.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>1000 n</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 Stk.</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun danno visibile</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>kein sichtbarer Schaden</t>
+  </si>
+  <si>
+    <t>ein sichtbarer Schaden</t>
+  </si>
+  <si>
+    <t>zwei oder mehr sichtbare Schäden</t>
+  </si>
+  <si>
+    <t>toter oder liegender Baum</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1241818/423568</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">Stammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di danni</t>
+      <t xml:space="preserve">Anzahl Schäden</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #653</t>
     </r>
   </si>
   <si>
-    <t>Classificazione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in base al numero di danni visibili o alle condizioni dell'albero (vivo/morto, in piedi/a terra), in quattro classi. Fonte: rilievo sul terreno (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
+    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) nach der Anzahl sichtbarer Schäden bzw. dem Baumzustand (lebend/tot, stehend/liegend) in vier Klassen. Grundlage: Feldaufnahme (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,62 +706,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1105,233 +1105,233 @@
         <v>59893</v>
       </c>
       <c r="K18" s="6">
         <v>5</v>
       </c>
       <c r="L18" s="6">
         <v>432892</v>
       </c>
       <c r="M18" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1241818/423568</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">Stammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di danni</t>
+            <t xml:space="preserve">Anzahl Schäden</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>