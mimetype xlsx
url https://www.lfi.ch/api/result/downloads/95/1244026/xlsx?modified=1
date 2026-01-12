--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Stock: Holzfestigkeit</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of stumps</t>
+  </si>
+  <si>
+    <t>stump: mechanical strength of wood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Mio kg</t>
+      <t xml:space="preserve">: million kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>Mio kg</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>million kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Frischholz</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>fresh wood</t>
+  </si>
+  <si>
+    <t>solid wood</t>
+  </si>
+  <si>
+    <t>rotten wood</t>
+  </si>
+  <si>
+    <t>mouldering wood</t>
+  </si>
+  <si>
+    <t>mull wood</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244026/425776</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomass of stumps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stock: Holzfestigkeit</t>
+      <t xml:space="preserve">stump: mechanical strength of wood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2369</t>
     </r>
   </si>
   <si>
-    <t>Stadium des Holzabbaus der Stöcke ab 7 cm Stockdurchmesser in fünf Klassen. Grundlage: Feldaufnahme (MID 971: Stocktotholz - Festigkeit)</t>
+    <t>Stage of wood decomposition of stumps ≥7 cm in diameter – in five classes. Reference: Field Survey (MID 971: Stocktotholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,102 +769,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -2329,51 +2329,51 @@
         <v>201</v>
       </c>
       <c r="AY19" s="6">
         <v>12</v>
       </c>
       <c r="AZ19" s="6">
         <v>5001</v>
       </c>
       <c r="BA19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244026/425776</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomass of stumps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stock: Holzfestigkeit</t>
+            <t xml:space="preserve">stump: mechanical strength of wood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2369</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>