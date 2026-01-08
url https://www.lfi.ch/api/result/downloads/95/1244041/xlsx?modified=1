--- v0 (2025-11-19)
+++ v1 (2026-01-08)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stump: mechanical strength of wood</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Stock: Holzfestigkeit</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>fresh wood</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>Frischholz</t>
+  </si>
+  <si>
+    <t>Hartholz</t>
+  </si>
+  <si>
+    <t>Morschholz</t>
+  </si>
+  <si>
+    <t>Moderholz</t>
+  </si>
+  <si>
+    <t>Mulmholz</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244041/425791</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stump: mechanical strength of wood</t>
+      <t xml:space="preserve">Stock: Holzfestigkeit</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2369</t>
     </r>
   </si>
   <si>
-    <t>Stage of wood decomposition of stumps ≥7 cm in diameter – in five classes. Reference: Field Survey (MID 971: Stocktotholz - Festigkeit)</t>
+    <t>Stadium des Holzabbaus der Stöcke ab 7 cm Stockdurchmesser in fünf Klassen. Grundlage: Feldaufnahme (MID 971: Stocktotholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>2.0</v>
       </c>
       <c r="AC19" s="6">
         <v>14</v>
       </c>
       <c r="AD19" s="6">
         <v>4.5</v>
       </c>
       <c r="AE19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244041/425791</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stump: mechanical strength of wood</t>
+            <t xml:space="preserve">Stock: Holzfestigkeit</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2369</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>