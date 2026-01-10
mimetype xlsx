--- v1 (2026-01-08)
+++ v2 (2026-01-10)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Stock: Holzfestigkeit</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>ceppaia: consistenza del legno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Frischholz</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>legno fresco</t>
+  </si>
+  <si>
+    <t>legno duro</t>
+  </si>
+  <si>
+    <t>legno marcio</t>
+  </si>
+  <si>
+    <t>legno in decomposizione</t>
+  </si>
+  <si>
+    <t>legno putrefatto e inconsistente</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244041/425791</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stock: Holzfestigkeit</t>
+      <t xml:space="preserve">ceppaia: consistenza del legno</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2369</t>
     </r>
   </si>
   <si>
-    <t>Stadium des Holzabbaus der Stöcke ab 7 cm Stockdurchmesser in fünf Klassen. Grundlage: Feldaufnahme (MID 971: Stocktotholz - Festigkeit)</t>
+    <t>Stadio di decomposizione del legno delle ceppaie a partire da 7 cm di diametro, in cinque classi. Fonte: rilievo sul terreno (MID 971: Stocktotholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>2.0</v>
       </c>
       <c r="AC19" s="6">
         <v>14</v>
       </c>
       <c r="AD19" s="6">
         <v>4.5</v>
       </c>
       <c r="AE19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244041/425791</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stock: Holzfestigkeit</t>
+            <t xml:space="preserve">ceppaia: consistenza del legno</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2369</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>