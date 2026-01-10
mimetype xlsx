--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>ceppaia: consistenza del legno</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of stumps</t>
+  </si>
+  <si>
+    <t>stump: mechanical strength of wood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>legno fresco</t>
-[...14 lines deleted...]
-    <t>totale</t>
+    <t>fresh wood</t>
+  </si>
+  <si>
+    <t>solid wood</t>
+  </si>
+  <si>
+    <t>rotten wood</t>
+  </si>
+  <si>
+    <t>mouldering wood</t>
+  </si>
+  <si>
+    <t>mull wood</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244047/425797</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">biomass of stumps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ceppaia: consistenza del legno</t>
+      <t xml:space="preserve">stump: mechanical strength of wood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2369</t>
     </r>
   </si>
   <si>
-    <t>Stadio di decomposizione del legno delle ceppaie a partire da 7 cm di diametro, in cinque classi. Fonte: rilievo sul terreno (MID 971: Stocktotholz - Festigkeit)</t>
+    <t>Stage of wood decomposition of stumps ≥7 cm in diameter – in five classes. Reference: Field Survey (MID 971: Stocktotholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>1.7</v>
       </c>
       <c r="M19" s="6">
         <v>14</v>
       </c>
       <c r="N19" s="6">
         <v>4.2</v>
       </c>
       <c r="O19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244047/425797</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">biomass of stumps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ceppaia: consistenza del legno</t>
+            <t xml:space="preserve">stump: mechanical strength of wood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2369</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>