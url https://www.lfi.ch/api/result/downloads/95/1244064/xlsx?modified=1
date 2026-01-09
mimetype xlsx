--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stump: mechanical strength of wood</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Stock: Holzfestigkeit</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>fresh wood</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>Frischholz</t>
+  </si>
+  <si>
+    <t>Hartholz</t>
+  </si>
+  <si>
+    <t>Morschholz</t>
+  </si>
+  <si>
+    <t>Moderholz</t>
+  </si>
+  <si>
+    <t>Mulmholz</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244064/425814</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stump: mechanical strength of wood</t>
+      <t xml:space="preserve">Stock: Holzfestigkeit</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2369</t>
     </r>
   </si>
   <si>
-    <t>Stage of wood decomposition of stumps ≥7 cm in diameter – in five classes. Reference: Field Survey (MID 971: Stocktotholz - Festigkeit)</t>
+    <t>Stadium des Holzabbaus der Stöcke ab 7 cm Stockdurchmesser in fünf Klassen. Grundlage: Feldaufnahme (MID 971: Stocktotholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1149,233 +1149,233 @@
         <v>1.6</v>
       </c>
       <c r="K19" s="6">
         <v>14</v>
       </c>
       <c r="L19" s="6">
         <v>4.1</v>
       </c>
       <c r="M19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244064/425814</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stump: mechanical strength of wood</t>
+            <t xml:space="preserve">Stock: Holzfestigkeit</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2369</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>