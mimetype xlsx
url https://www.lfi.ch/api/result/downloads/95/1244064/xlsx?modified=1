--- v1 (2026-01-09)
+++ v2 (2026-01-09)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Stock: Holzfestigkeit</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>ceppaia: consistenza del legno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Frischholz</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>legno fresco</t>
+  </si>
+  <si>
+    <t>legno duro</t>
+  </si>
+  <si>
+    <t>legno marcio</t>
+  </si>
+  <si>
+    <t>legno in decomposizione</t>
+  </si>
+  <si>
+    <t>legno putrefatto e inconsistente</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244064/425814</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stock: Holzfestigkeit</t>
+      <t xml:space="preserve">ceppaia: consistenza del legno</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2369</t>
     </r>
   </si>
   <si>
-    <t>Stadium des Holzabbaus der Stöcke ab 7 cm Stockdurchmesser in fünf Klassen. Grundlage: Feldaufnahme (MID 971: Stocktotholz - Festigkeit)</t>
+    <t>Stadio di decomposizione del legno delle ceppaie a partire da 7 cm di diametro, in cinque classi. Fonte: rilievo sul terreno (MID 971: Stocktotholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1149,233 +1149,233 @@
         <v>1.6</v>
       </c>
       <c r="K19" s="6">
         <v>14</v>
       </c>
       <c r="L19" s="6">
         <v>4.1</v>
       </c>
       <c r="M19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244064/425814</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stock: Holzfestigkeit</t>
+            <t xml:space="preserve">ceppaia: consistenza del legno</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2369</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>