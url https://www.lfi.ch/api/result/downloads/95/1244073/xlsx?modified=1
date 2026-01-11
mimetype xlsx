--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244073/425823</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244073/425823</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>