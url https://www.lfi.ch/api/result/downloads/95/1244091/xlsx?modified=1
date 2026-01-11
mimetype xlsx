--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of stumps</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...54 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244091/425841</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">biomass of stumps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244091/425841</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">biomass of stumps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>