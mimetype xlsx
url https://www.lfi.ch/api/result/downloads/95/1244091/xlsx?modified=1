--- v1 (2026-01-11)
+++ v2 (2026-01-14)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244091/425841</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244091/425841</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>