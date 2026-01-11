--- v0 (2025-11-19)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244123/425873</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>2.0</v>
       </c>
       <c r="M16" s="6">
         <v>14</v>
       </c>
       <c r="N16" s="6">
         <v>4.5</v>
       </c>
       <c r="O16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244123/425873</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>