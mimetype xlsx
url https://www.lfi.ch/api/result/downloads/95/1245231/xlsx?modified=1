--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN1</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (10 classi)</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Gesamtholzvolumen (Schaftholz) LFI1</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...29 lines deleted...]
-    <t>totale</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>obermontan (N)</t>
+  </si>
+  <si>
+    <t>untermontan (N)</t>
+  </si>
+  <si>
+    <t>unter-/obermontan (S)</t>
+  </si>
+  <si>
+    <t>submontan (N)</t>
+  </si>
+  <si>
+    <t>kollin mit Buche (S)</t>
+  </si>
+  <si>
+    <t>kollin</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch (S)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1245231/426981</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume totale di legno (legno del fusto) IFN1</t>
+      <t xml:space="preserve">Gesamtholzvolumen (Schaftholz) LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #242</t>
     </r>
   </si>
   <si>
-    <t>Volume legnoso del fusto con corteccia di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) secondo il metodo dell'IFN1. Nell'IFN1 sono stati rilevati solamente gli alberi morti il cui legno era ancora utilizzabile. Il volume totale di legno IFN1 corrisponde alla somma della provvigione e del volume di legno morto IFN1.</t>
+    <t>Schaftholzvolumen in Rinde aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden bei den toten Bäumen nur diejenigen aufgenommen, deren Holz noch verwertbar war. Das Gesamtholzvolumen LFI1 entspricht der Summe von Vorrat und Totholzvolumen LFI1.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1458,235 +1458,235 @@
         <v>179.3</v>
       </c>
       <c r="M24" s="6">
         <v>3</v>
       </c>
       <c r="N24" s="6">
         <v>334.1</v>
       </c>
       <c r="O24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1245231/426981</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume totale di legno (legno del fusto) IFN1</t>
+            <t xml:space="preserve">Gesamtholzvolumen (Schaftholz) LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #242</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>