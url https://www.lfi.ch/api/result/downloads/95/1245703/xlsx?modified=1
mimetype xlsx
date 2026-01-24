--- v0 (2025-10-10)
+++ v1 (2026-01-24)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Bestandesdichteindex (SDI)</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: index</t>
+      <t xml:space="preserve">: Index</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...50 lines deleted...]
-    <t>index</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Index</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>obermontan (N)</t>
+  </si>
+  <si>
+    <t>untermontan (N)</t>
+  </si>
+  <si>
+    <t>unter-/obermontan (S)</t>
+  </si>
+  <si>
+    <t>submontan (N)</t>
+  </si>
+  <si>
+    <t>kollin mit Buche (S)</t>
+  </si>
+  <si>
+    <t>kollin</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch (S)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1245703/427453</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand density index (SDI)</t>
+      <t xml:space="preserve">Bestandesdichteindex (SDI)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #29</t>
     </r>
   </si>
   <si>
-    <t>Measure of the density of a stocking calculated from the number of stems per hectare (in NFI trees and shrubs with a diameter at breast height [dbh] ≥12 cm) and the mean diameter. With a callipering threshold of 0 cm, the SDI is largely independent of the site quality, tree species composition and stand age.</t>
+    <t>Mass für die Dichte einer Bestockung, das aus der Stammzahl pro ha (im LFI Bäume und Sträucher ab 12 cm Brusthöhendurchmesser [BHD]) und dem Mitteldurchmesser berechnet wird. Bei einer Kluppschwelle von 0 cm ist der SDI weitgehend unabhängig von Standortgüte, Baumartenzusammensetzung und Bestandesalter.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>555.9</v>
       </c>
       <c r="AC24" s="6">
         <v>3</v>
       </c>
       <c r="AD24" s="6">
         <v>559.5</v>
       </c>
       <c r="AE24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1245703/427453</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand density index (SDI)</t>
+            <t xml:space="preserve">Bestandesdichteindex (SDI)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #29</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>