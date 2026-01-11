--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,439 +14,439 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Waldfläche</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>Schutzwald gegen Gerinneprozesse (2022) · Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+    <t>protection forest against channel processes (2022) · reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Wirtschaftsregion</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Jura West</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Jura Ost</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Mittelland West</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Mittelland Mitte</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Mittelland Ost</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Voralpen West</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Voralpen Mitte</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Voralpen Ost</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Alpen Nordwest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpen Mitte</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Alpen Nordost</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Schutzwald gegen Gerinneprozesse (2022)</t>
+    <t>protection forest against channel processes (2022)</t>
   </si>
   <si>
-    <t>Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+    <t>reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Zwangsnutzung hat stattgefunden</t>
+    <t>no sanitary/salvage felling</t>
   </si>
   <si>
-    <t>Insekten</t>
+    <t>insects</t>
   </si>
   <si>
-    <t>Pilze</t>
+    <t>fungi</t>
   </si>
   <si>
-    <t>Wind</t>
+    <t>wind</t>
   </si>
   <si>
-    <t>Schneelast</t>
+    <t>snow load</t>
   </si>
   <si>
-    <t>Lawine</t>
+    <t>avalanche</t>
   </si>
   <si>
-    <t>Murgang, Rutschung</t>
+    <t>debris flow, landslide</t>
   </si>
   <si>
-    <t>Hochwasser</t>
+    <t>flood</t>
   </si>
   <si>
-    <t>Waldbrand</t>
+    <t>forest fire</t>
   </si>
   <si>
-    <t>andere Ursachen</t>
+    <t>other causes</t>
   </si>
   <si>
-    <t>Vitalitätsverlust durch Trockenheit</t>
+    <t>loss of vitality due to drought</t>
   </si>
   <si>
-    <t>übriger Vitalitätsverlust</t>
+    <t>other loss of vitality</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>innerhalb</t>
+    <t>inside</t>
   </si>
   <si>
-    <t>ausserhalb</t>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1247893/429643</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
+      <t xml:space="preserve">protective forest against channel processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Gerinneprozesse, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -798,52 +798,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6467,51 +6467,51 @@
         <v>100.0</v>
       </c>
       <c r="AD68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE68" s="6">
         <v>100.0</v>
       </c>
       <c r="AF68" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:32" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1247893/429643</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -6527,226 +6527,226 @@
       <c r="V69" s="3"/>
       <c r="W69" s="3"/>
       <c r="X69" s="3"/>
       <c r="Y69" s="3"/>
       <c r="Z69" s="3"/>
       <c r="AA69" s="3"/>
       <c r="AB69" s="3"/>
       <c r="AC69" s="3"/>
       <c r="AD69" s="3"/>
       <c r="AE69" s="3"/>
       <c r="AF69" s="3"/>
     </row>
     <row r="72" spans="1:32">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="75" spans="1:32">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
+            <t xml:space="preserve">protective forest against channel processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:32" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="78" spans="1:32">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:32" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="81" spans="1:32">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:32" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:32">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:32" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="87" spans="1:32">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:32" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>