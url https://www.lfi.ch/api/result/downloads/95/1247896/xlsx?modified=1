--- v0 (2026-01-09)
+++ v1 (2026-01-12)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>forêt de protection contre des processus liés aux cours d'eau (2022) · cause de l'exploitation forcée (caractéristique liée à la surface)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022) · reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région de production</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Préalpes</t>
-[...14 lines deleted...]
-    <t>cause de l'exploitation forcée (caractéristique liée à la surface)</t>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022)</t>
+  </si>
+  <si>
+    <t>reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>aucune exploitation forcée n'a eu lieu</t>
-[...11 lines deleted...]
-    <t>poids de la neige lourde</t>
+    <t>no sanitary/salvage felling</t>
+  </si>
+  <si>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi</t>
+  </si>
+  <si>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
   </si>
   <si>
     <t>avalanche</t>
   </si>
   <si>
-    <t>lave torrentielle, glissement de terrain</t>
-[...14 lines deleted...]
-    <t>autres pertes de vitalité</t>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>other causes</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>à l'interieur</t>
-[...2 lines deleted...]
-    <t>à l'extérieur</t>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1247896/429646</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+      <t xml:space="preserve">protective forest against channel processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les processus liés aux cours d'eau délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause de l'exploitation forcée (caractéristique liée à la surface)</t>
+      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Cause prépondérante de l'exploitation forcée. Source: enquête auprès des services forestiers (MID 345: Cause de l'exploitation forcée)</t>
+    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="83.551" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3290,268 +3290,268 @@
         <v>100.0</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="6">
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1247896/429646</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+            <t xml:space="preserve">protective forest against channel processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause de l'exploitation forcée (caractéristique liée à la surface)</t>
+            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>