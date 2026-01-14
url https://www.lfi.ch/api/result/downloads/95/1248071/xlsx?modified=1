--- v0 (2026-01-09)
+++ v1 (2026-01-14)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>surface forestière</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>forêt de protection contre des coulées de boue/glissements de terrain (2022) · nombre de tiges/ha (DHP ≥36 cm; vifs sur pied; par classes)</t>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022) · numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,299 +172,299 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>forêt de protection contre des coulées de boue/glissements de terrain (2022)</t>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022)</t>
   </si>
   <si>
-    <t>nombre de tiges/ha (DHP ≥36 cm; vifs sur pied; par classes)</t>
+    <t>numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-100 tiges/ha</t>
+    <t>0-100 fusti/ha</t>
   </si>
   <si>
-    <t>101-200 tiges/ha</t>
+    <t>101-200 fusti/ha</t>
   </si>
   <si>
-    <t>201-300 tiges/ha</t>
+    <t>201-300 fusti/ha</t>
   </si>
   <si>
-    <t>301-400 tiges/ha</t>
+    <t>301-400 fusti/ha</t>
   </si>
   <si>
-    <t>401-500 tiges/ha</t>
+    <t>401-500 fusti/ha</t>
   </si>
   <si>
-    <t>501-600 tiges/ha</t>
+    <t>501-600 fusti/ha</t>
   </si>
   <si>
-    <t>&gt;600 tiges/ha</t>
+    <t>&gt;600 fusti/ha</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>à l'intérieur</t>
+    <t>all'interno</t>
   </si>
   <si>
-    <t>à l'extérieur</t>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1248071/429821</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des coulées de boue/glissements de terrain (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les coulées de boue/glissements de terrain délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges/ha (DHP ≥36 cm; vifs sur pied; par classes)</t>
+      <t xml:space="preserve">numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1939</t>
     </r>
   </si>
   <si>
-    <t>Nombre d'arbres et d'arbustes vifs sur pied à partir de 36 cm de diamètre à hauteur de poitrine (DHP) par hectare, en classes de 100 tiges. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Numero per ettaro di alberi e arbusti vivi in piedi a partire da 36 cm di diametro a petto d'uomo (DPU), suddivisi in classi da 100. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -816,52 +816,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="92.977" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="75.267" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -7095,51 +7095,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ48" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA48" s="6">
         <v>100.0</v>
       </c>
       <c r="BB48" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1248071/429821</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
@@ -7177,226 +7177,226 @@
       <c r="AR49" s="3"/>
       <c r="AS49" s="3"/>
       <c r="AT49" s="3"/>
       <c r="AU49" s="3"/>
       <c r="AV49" s="3"/>
       <c r="AW49" s="3"/>
       <c r="AX49" s="3"/>
       <c r="AY49" s="3"/>
       <c r="AZ49" s="3"/>
       <c r="BA49" s="3"/>
       <c r="BB49" s="3"/>
     </row>
     <row r="52" spans="1:54">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="55" spans="1:54">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des coulées de boue/glissements de terrain (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:54" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="58" spans="1:54">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges/ha (DHP ≥36 cm; vifs sur pied; par classes)</t>
+            <t xml:space="preserve">numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1939</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:54" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="61" spans="1:54">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:54" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="64" spans="1:54">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:54" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="67" spans="1:54">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:54" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>