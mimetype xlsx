--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022) · reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022)</t>
+  </si>
+  <si>
+    <t>reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna utilizzazione forzata ha avuto luogo</t>
-[...41 lines deleted...]
-    <t>all'esterno</t>
+    <t>no sanitary/salvage felling</t>
+  </si>
+  <si>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi</t>
+  </si>
+  <si>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
+  </si>
+  <si>
+    <t>avalanche</t>
+  </si>
+  <si>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>other causes</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1248093/429843</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+      <t xml:space="preserve">protective forest against channel processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Causa principale dell'utilizzazione forzata. Fonte: inchiesta presso il servizio forestale (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3290,268 +3290,268 @@
         <v>158.8</v>
       </c>
       <c r="L68" s="6">
         <v>2</v>
       </c>
       <c r="M68" s="6">
         <v>1211.5</v>
       </c>
       <c r="N68" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1248093/429843</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+            <t xml:space="preserve">protective forest against channel processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>