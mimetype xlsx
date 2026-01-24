--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · numero di alberi/ha (DPU ≥12 cm; vivi in piedi; classificato)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Gerinneprozesse (2022) · Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>numero di alberi/ha (DPU ≥12 cm; vivi in piedi; classificato)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Gerinneprozesse (2022)</t>
+  </si>
+  <si>
+    <t>Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-100 fusti/ha</t>
-[...26 lines deleted...]
-    <t>all'esterno</t>
+    <t>0-100 Stämme/ha</t>
+  </si>
+  <si>
+    <t>101-200 Stämme/ha</t>
+  </si>
+  <si>
+    <t>201-300 Stämme/ha</t>
+  </si>
+  <si>
+    <t>301-400 Stämme/ha</t>
+  </si>
+  <si>
+    <t>401-500 Stämme/ha</t>
+  </si>
+  <si>
+    <t>501-600 Stämme/ha</t>
+  </si>
+  <si>
+    <t>&gt;600 Stämme/ha</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1248294/430044</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Gerinneprozesse, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di alberi/ha (DPU ≥12 cm; vivi in piedi; classificato)</t>
+      <t xml:space="preserve">Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1925</t>
     </r>
   </si>
   <si>
-    <t>Numero per ettaro di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo (DPU), suddivisi in classi da 100. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Zahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) pro Hektare, eingeteilt in 100er-Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="75.267" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="64.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4532,51 +4532,51 @@
         <v>100.0</v>
       </c>
       <c r="AD48" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE48" s="6">
         <v>100.0</v>
       </c>
       <c r="AF48" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1248294/430044</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
@@ -4592,226 +4592,226 @@
       <c r="V49" s="3"/>
       <c r="W49" s="3"/>
       <c r="X49" s="3"/>
       <c r="Y49" s="3"/>
       <c r="Z49" s="3"/>
       <c r="AA49" s="3"/>
       <c r="AB49" s="3"/>
       <c r="AC49" s="3"/>
       <c r="AD49" s="3"/>
       <c r="AE49" s="3"/>
       <c r="AF49" s="3"/>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="58" spans="1:32">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di alberi/ha (DPU ≥12 cm; vivi in piedi; classificato)</t>
+            <t xml:space="preserve">Stammzahl/ha (BHD ≥12 cm; stehend-lebend; klassiert)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1925</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:32" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:32" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:32" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:32" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>