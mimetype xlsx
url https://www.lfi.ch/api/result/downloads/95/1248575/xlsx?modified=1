--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Waldtyp (3 Klassen) · Erholungsart Lagern</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · attività ricreativa: campeggio o pic-nic</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...29 lines deleted...]
-    <t>Erholungsart Lagern</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>attività ricreativa: campeggio o pic-nic</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>ja</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Gebüschwald </t>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1248575/430325</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Erholungsart Lagern</t>
+      <t xml:space="preserve">attività ricreativa: campeggio o pic-nic</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #521</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Erholungsart «Lagern» (d.h. Campieren, Picknicken, Festen [inkl. Waldhütten]) im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio con/senza l'attività ricreativa «campeggio o pic-nic» in un raggio di 100 m intorno al centro dell'area di saggio. Vengono rilevate le attività a partire da una frequenza di 10 persone all'anno. Fonte: inchiesta presso il servizio forestale (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1248575/430325</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Erholungsart Lagern</t>
+            <t xml:space="preserve">attività ricreativa: campeggio o pic-nic</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #521</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>