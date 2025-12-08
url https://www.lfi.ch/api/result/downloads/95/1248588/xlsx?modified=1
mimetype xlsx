--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · recreation type 'camping'</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>type de forêt (3 classes) · activité récréative: camping, pique-nique</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...29 lines deleted...]
-    <t>recreation type 'camping'</t>
+    <t>état 2009/17</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>type de forêt (3 classes)</t>
+  </si>
+  <si>
+    <t>activité récréative: camping, pique-nique</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>yes</t>
-[...2 lines deleted...]
-    <t>no</t>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>non</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>accessible forest without shrub forest</t>
-[...5 lines deleted...]
-    <t>shrub forest</t>
+    <t>forêt accessible sans la forêt buissonnante</t>
+  </si>
+  <si>
+    <t>forêt inaccessible sans la forêt buissonnante</t>
+  </si>
+  <si>
+    <t>forêt buissonnante</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1248588/430338</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">type de forêt (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>En fonction de la décision pour délimiter la forêt et les surfaces hors forêt, ainsi que de l'accessibilité, répartition des forêts dans les trois classes «forêt accessible sans la forêt buissonnante», «forêt inaccessible sans la forêt buissonnante» et «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">recreation type 'camping'</t>
+      <t xml:space="preserve">activité récréative: camping, pique-nique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #521</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use 'camping' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Placettes d'échantillonnage avec/sans l'activité récréative «camping, pique-nique» (y compris fêtes dans des cabanes forestières) dans un rayon de 100 m autour du centre de la placette d'échantillonnage. Les types d'activités récréatives sont relevés à partir d'une fréquentation de 10 personnes par an. Source: enquête auprès des services forestiers (MID 329: Type d'utilisation récréative actuelle)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026), et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1248588/430338</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">type de forêt (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">recreation type 'camping'</t>
+            <t xml:space="preserve">activité récréative: camping, pique-nique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #521</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>