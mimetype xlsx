--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>IFN4</t>
-[...5 lines deleted...]
-    <t>type de forêt (3 classes) · activité récréative: camping, pique-nique</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Erholungsart Lagern</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2009/17</t>
-[...29 lines deleted...]
-    <t>activité récréative: camping, pique-nique</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Erholungsart Lagern</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>oui</t>
-[...14 lines deleted...]
-    <t>forêt buissonnante</t>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1248588/430338</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de placettes en forêt</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type de forêt (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>En fonction de la décision pour délimiter la forêt et les surfaces hors forêt, ainsi que de l'accessibilité, répartition des forêts dans les trois classes «forêt accessible sans la forêt buissonnante», «forêt inaccessible sans la forêt buissonnante» et «forêt buissonnante».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">activité récréative: camping, pique-nique</t>
+      <t xml:space="preserve">Erholungsart Lagern</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #521</t>
     </r>
   </si>
   <si>
-    <t>Placettes d'échantillonnage avec/sans l'activité récréative «camping, pique-nique» (y compris fêtes dans des cabanes forestières) dans un rayon de 100 m autour du centre de la placette d'échantillonnage. Les types d'activités récréatives sont relevés à partir d'une fréquentation de 10 personnes par an. Source: enquête auprès des services forestiers (MID 329: Type d'utilisation récréative actuelle)</t>
+    <t>Probeflächen mit/ohne Erholungsart «Lagern» (d.h. Campieren, Picknicken, Festen [inkl. Waldhütten]) im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026), et atteignable à pied.</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1248588/430338</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de placettes en forêt</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type de forêt (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">activité récréative: camping, pique-nique</t>
+            <t xml:space="preserve">Erholungsart Lagern</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #521</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>