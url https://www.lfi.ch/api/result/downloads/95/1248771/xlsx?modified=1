--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,439 +14,439 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>protection forest against rockfall (2022) · reason for sanitary/salvage felling (forest area classifier)</t>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Ursache der Zwangsnutzung (Flächenmerkmal)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>protection forest against rockfall (2022)</t>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022)</t>
   </si>
   <si>
-    <t>reason for sanitary/salvage felling (forest area classifier)</t>
+    <t>Ursache der Zwangsnutzung (Flächenmerkmal)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no sanitary/salvage felling</t>
+    <t>keine Zwangsnutzung hat stattgefunden</t>
   </si>
   <si>
-    <t>insects</t>
+    <t>Insekten</t>
   </si>
   <si>
-    <t>fungi</t>
+    <t>Pilze</t>
   </si>
   <si>
-    <t>wind</t>
+    <t>Wind</t>
   </si>
   <si>
-    <t>snow load</t>
+    <t>Schneelast</t>
   </si>
   <si>
-    <t>avalanche</t>
+    <t>Lawine</t>
   </si>
   <si>
-    <t>debris flow, landslide</t>
+    <t>Murgang, Rutschung</t>
   </si>
   <si>
-    <t>flood</t>
+    <t>Hochwasser</t>
   </si>
   <si>
-    <t>forest fire</t>
+    <t>Waldbrand</t>
   </si>
   <si>
-    <t>other causes</t>
+    <t>andere Ursachen</t>
   </si>
   <si>
-    <t>loss of vitality due to drought</t>
+    <t>Vitalitätsverlust durch Trockenheit</t>
   </si>
   <si>
-    <t>other loss of vitality</t>
+    <t>übriger Vitalitätsverlust</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>innerhalb</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1248771/430521</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
+      <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -798,52 +798,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -6467,51 +6467,51 @@
         <v>100.0</v>
       </c>
       <c r="AD68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE68" s="6">
         <v>100.0</v>
       </c>
       <c r="AF68" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:32" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1248771/430521</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -6527,226 +6527,226 @@
       <c r="V69" s="3"/>
       <c r="W69" s="3"/>
       <c r="X69" s="3"/>
       <c r="Y69" s="3"/>
       <c r="Z69" s="3"/>
       <c r="AA69" s="3"/>
       <c r="AB69" s="3"/>
       <c r="AC69" s="3"/>
       <c r="AD69" s="3"/>
       <c r="AE69" s="3"/>
       <c r="AF69" s="3"/>
     </row>
     <row r="72" spans="1:32">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="75" spans="1:32">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:32" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="78" spans="1:32">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
+            <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:32" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="81" spans="1:32">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:32" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:32">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:32" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="87" spans="1:32">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:32" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>