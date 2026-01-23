--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,439 +14,439 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>protection forest against rockfall (2022) · reason for sanitary/salvage felling (forest area classifier)</t>
+    <t>bosco di protezione contro cadute di massi (2022) · causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>protection forest against rockfall (2022)</t>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
   </si>
   <si>
-    <t>reason for sanitary/salvage felling (forest area classifier)</t>
+    <t>causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no sanitary/salvage felling</t>
+    <t>nessuna utilizzazione forzata ha avuto luogo</t>
   </si>
   <si>
-    <t>insects</t>
+    <t>insetti</t>
   </si>
   <si>
-    <t>fungi</t>
+    <t>funghi</t>
   </si>
   <si>
-    <t>wind</t>
+    <t>vento</t>
   </si>
   <si>
-    <t>snow load</t>
+    <t>carico da neve</t>
   </si>
   <si>
-    <t>avalanche</t>
+    <t>valanga</t>
   </si>
   <si>
-    <t>debris flow, landslide</t>
+    <t>colata di fango, smottamento</t>
   </si>
   <si>
-    <t>flood</t>
+    <t>inondazione</t>
   </si>
   <si>
-    <t>forest fire</t>
+    <t>incendio boschivo</t>
   </si>
   <si>
-    <t>other causes</t>
+    <t>altre cause</t>
   </si>
   <si>
-    <t>loss of vitality due to drought</t>
+    <t>perdita di vitalità dovuta a siccità</t>
   </si>
   <si>
-    <t>other loss of vitality</t>
+    <t>altre perdite di vitalità</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>all'interno</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1249084/430834</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
+      <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Causa principale dell'utilizzazione forzata. Fonte: inchiesta presso il servizio forestale (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -798,52 +798,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -6467,51 +6467,51 @@
         <v>120.7</v>
       </c>
       <c r="AD68" s="6">
         <v>3</v>
       </c>
       <c r="AE68" s="6">
         <v>1049.5</v>
       </c>
       <c r="AF68" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:32" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1249084/430834</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -6527,226 +6527,226 @@
       <c r="V69" s="3"/>
       <c r="W69" s="3"/>
       <c r="X69" s="3"/>
       <c r="Y69" s="3"/>
       <c r="Z69" s="3"/>
       <c r="AA69" s="3"/>
       <c r="AB69" s="3"/>
       <c r="AC69" s="3"/>
       <c r="AD69" s="3"/>
       <c r="AE69" s="3"/>
       <c r="AF69" s="3"/>
     </row>
     <row r="72" spans="1:32">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="75" spans="1:32">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:32" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="78" spans="1:32">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
+            <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:32" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="81" spans="1:32">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:32" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:32">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:32" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="87" spans="1:32">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:32" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>