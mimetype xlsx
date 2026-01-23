--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro cadute di massi (2022) · numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022) · number of stems (dbh ≥36 cm; standing-living; classified)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022)</t>
+  </si>
+  <si>
+    <t>number of stems (dbh ≥36 cm; standing-living; classified)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-100 fusti/ha</t>
-[...26 lines deleted...]
-    <t>all'esterno</t>
+    <t>0-100 stems/ha</t>
+  </si>
+  <si>
+    <t>101-200 stems/ha</t>
+  </si>
+  <si>
+    <t>201-300 stems/ha</t>
+  </si>
+  <si>
+    <t>301-400 stems/ha</t>
+  </si>
+  <si>
+    <t>401-500 stems/ha</t>
+  </si>
+  <si>
+    <t>501- 600 stems/ha</t>
+  </si>
+  <si>
+    <t>&gt;600 stems/ha</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1250119/431869</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
+      <t xml:space="preserve">protective forest against rockfall (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
+      <t xml:space="preserve">number of stems (dbh ≥36 cm; standing-living; classified)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1939</t>
     </r>
   </si>
   <si>
-    <t>Numero per ettaro di alberi e arbusti vivi in piedi a partire da 36 cm di diametro a petto d'uomo (DPU), suddivisi in classi da 100. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Number of standing living trees and shrubs ≥36 cm in diameter at breast height (dbh) – in classes of 100. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="75.267" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4532,51 +4532,51 @@
         <v>152.5</v>
       </c>
       <c r="AD48" s="6">
         <v>2</v>
       </c>
       <c r="AE48" s="6">
         <v>1176.4</v>
       </c>
       <c r="AF48" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1250119/431869</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
@@ -4592,226 +4592,226 @@
       <c r="V49" s="3"/>
       <c r="W49" s="3"/>
       <c r="X49" s="3"/>
       <c r="Y49" s="3"/>
       <c r="Z49" s="3"/>
       <c r="AA49" s="3"/>
       <c r="AB49" s="3"/>
       <c r="AC49" s="3"/>
       <c r="AD49" s="3"/>
       <c r="AE49" s="3"/>
       <c r="AF49" s="3"/>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
+            <t xml:space="preserve">protective forest against rockfall (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="58" spans="1:32">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di alberi/ha (DPU ≥36 cm; vivi in piedi; classificato)</t>
+            <t xml:space="preserve">number of stems (dbh ≥36 cm; standing-living; classified)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1939</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:32" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:32" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:32" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:32" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>