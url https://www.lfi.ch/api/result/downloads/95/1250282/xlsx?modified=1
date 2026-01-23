--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>drinking-water catchment area · degree of mixture (terrestrial)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Trinkwassereinzugsgebiet · Mischungsgrad (terrestrisch)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>degree of mixture (terrestrial)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Trinkwassereinzugsgebiet</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure conifer forest</t>
-[...17 lines deleted...]
-    <t>inside catchment area</t>
+    <t>Nadelwald rein</t>
+  </si>
+  <si>
+    <t>Nadelwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald rein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>nicht im Einzugsgebiet</t>
+  </si>
+  <si>
+    <t>im Einzugsgebiet</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1250282/432032</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">drinking-water catchment area</t>
+      <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Location inside or outside the catchment area of a spring whose water is fed either directly and unfiltered into the drinking-water supply, or is used at least temporarily or partially as drinking water for the public. Reference: Forest Service Survey (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Lage inner- oder ausserhalb des Einzugsgebiets einer Quelle, deren Wasser direkt und ungefiltert der Trinkwasserversorgung zugeleitet oder zumindest zeit- oder teilweise als Trinkwasser für Menschen genutzt wird. Grundlage: Forstdienstbefragung (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3371,51 +3371,51 @@
         <v>100.0</v>
       </c>
       <c r="AD36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE36" s="6">
         <v>100.0</v>
       </c>
       <c r="AF36" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1250282/432032</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3431,226 +3431,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">drinking-water catchment area</t>
+            <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>