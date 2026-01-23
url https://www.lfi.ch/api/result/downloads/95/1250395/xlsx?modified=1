--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>drinking-water catchment area · degree of mixture (terrestrial)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>zona di alimentazione di sorgenti di acqua potabile · grado di mescolanza</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>degree of mixture (terrestrial)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>zona di alimentazione di sorgenti di acqua potabile</t>
+  </si>
+  <si>
+    <t>grado di mescolanza</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure conifer forest</t>
-[...17 lines deleted...]
-    <t>inside catchment area</t>
+    <t>bosco puro di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di latifoglie</t>
+  </si>
+  <si>
+    <t>bosco puro di latifoglie</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>fuori dalla zona di alimentazione</t>
+  </si>
+  <si>
+    <t>all'interno della zona di alimentazione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1250395/432145</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">drinking-water catchment area</t>
+      <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Location inside or outside the catchment area of a spring whose water is fed either directly and unfiltered into the drinking-water supply, or is used at least temporarily or partially as drinking water for the public. Reference: Forest Service Survey (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Ubicazione all'interno o all'esterno di una zona di alimentazione di una sorgente, la cui acqua viene immessa direttamente e non filtrata nella rete di distribuzione dell'acqua potabile o viene utilizzata almeno temporaneamente o parzialmente come acqua potabile dagli esseri umani. Fonte: inchiesta presso il servizio forestale (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">grado di mescolanza</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2083,270 +2083,270 @@
         <v>100.0</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O36" s="6">
         <v>100.0</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1250395/432145</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">drinking-water catchment area</t>
+            <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">grado di mescolanza</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>