--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>drinking-water catchment area · degree of mixture (terrestrial)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>zones d'alimentation des sources d'eau potable · degré de mélange (terrestre)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>degree of mixture (terrestrial)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>zones d'alimentation des sources d'eau potable</t>
+  </si>
+  <si>
+    <t>degré de mélange (terrestre)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure conifer forest</t>
-[...8 lines deleted...]
-    <t>pure broadleaf forest</t>
+    <t>forêt résineuse pure</t>
+  </si>
+  <si>
+    <t>forêt résineuse mélangée</t>
+  </si>
+  <si>
+    <t>forêt feuillue mélangée</t>
+  </si>
+  <si>
+    <t>forêt feuillue pure</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>outside catchment area</t>
-[...2 lines deleted...]
-    <t>inside catchment area</t>
+    <t>hors de la zone d'alimentation</t>
+  </si>
+  <si>
+    <t>dans la zone d'alimentation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1250413/432163</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">drinking-water catchment area</t>
+      <t xml:space="preserve">zones d'alimentation des sources d'eau potable</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Location inside or outside the catchment area of a spring whose water is fed either directly and unfiltered into the drinking-water supply, or is used at least temporarily or partially as drinking water for the public. Reference: Forest Service Survey (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Zone située à l'intérieur ou à l'extérieur du bassin versant d'une source dont l'eau est directement acheminée, sans être filtrée, vers le réseau d'eau potable ou est utilisée, au moins temporairement ou partiellement, comme eau potable pour la population humaine. Source: enquête auprès des services forestiers (MID 603: Forêts dans la zone d'alimentation de sources d'eau potable captées)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">degré de mélange (terrestre)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Proportions des espèces ligneuses résineuses et feuillues, définies en quatre classes selon les proportions de surface terrière: résineux purs (91-100% résineux), résineux mélangés (51-90% résineux), feuillus mélangés (11-50% résineux), feuillus purs (0-10% résineux). Source: relevé de terrain (MID 265: Mischungsgrad).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2083,270 +2083,270 @@
         <v>100.0</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O36" s="6">
         <v>100.0</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1250413/432163</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">drinking-water catchment area</t>
+            <t xml:space="preserve">zones d'alimentation des sources d'eau potable</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">degré de mélange (terrestre)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>