--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>drinking-water catchment area · degree of mixture (terrestrial)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>zona di alimentazione di sorgenti di acqua potabile · grado di mescolanza</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>degree of mixture (terrestrial)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>zona di alimentazione di sorgenti di acqua potabile</t>
+  </si>
+  <si>
+    <t>grado di mescolanza</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure conifer forest</t>
-[...17 lines deleted...]
-    <t>inside catchment area</t>
+    <t>bosco puro di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di latifoglie</t>
+  </si>
+  <si>
+    <t>bosco puro di latifoglie</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>fuori dalla zona di alimentazione</t>
+  </si>
+  <si>
+    <t>all'interno della zona di alimentazione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1250415/432165</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">drinking-water catchment area</t>
+      <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Location inside or outside the catchment area of a spring whose water is fed either directly and unfiltered into the drinking-water supply, or is used at least temporarily or partially as drinking water for the public. Reference: Forest Service Survey (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Ubicazione all'interno o all'esterno di una zona di alimentazione di una sorgente, la cui acqua viene immessa direttamente e non filtrata nella rete di distribuzione dell'acqua potabile o viene utilizzata almeno temporaneamente o parzialmente come acqua potabile dagli esseri umani. Fonte: inchiesta presso il servizio forestale (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">grado di mescolanza</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3371,51 +3371,51 @@
         <v>100.0</v>
       </c>
       <c r="AD36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE36" s="6">
         <v>100.0</v>
       </c>
       <c r="AF36" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1250415/432165</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3431,226 +3431,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">drinking-water catchment area</t>
+            <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">grado di mescolanza</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>