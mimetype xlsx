--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grandezza del popolamento</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Bestandesgrösse</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...54 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>5-9 are (gruppo)</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>5-9 Aren (Gruppe)</t>
+  </si>
+  <si>
+    <t>10-49 Aren (Horst)</t>
+  </si>
+  <si>
+    <t>=50 Aren (Bestand)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1252808/434558</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grandezza del popolamento</t>
+      <t xml:space="preserve">Bestandesgrösse</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #852</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione delle collettività arboree in tre classi, con l'obiettivo di distinguere i piccoli insiemi di alberi (gruppo [5-9 are], boschetto [10-49 are]) dai popolamenti nei sensi della teoria selvicolturale (≥50 are). Fonte: rilievo sul terreno (MID 259: Bestandesgrösse)</t>
+    <t>Einteilung der Baumkollektive in drei Klassen, mit dem Ziel, Kleinkollektive (Gruppe [5-9 Aren], Horst [10-49 Aren]) von Beständen im Sinne der Waldbautheorie (≥50 Aren) abzugrenzen. Grundlage: Feldaufnahme (MID 259: Bestandesgrösse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1487,51 +1487,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="7">
         <v>100.0</v>
       </c>
       <c r="AE17" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1252808/434558</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1547,191 +1547,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grandezza del popolamento</t>
+            <t xml:space="preserve">Bestandesgrösse</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #852</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>