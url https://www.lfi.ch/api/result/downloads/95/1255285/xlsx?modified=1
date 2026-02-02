--- v0 (2025-12-15)
+++ v1 (2026-02-02)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>création du peuplement</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>stand's origin</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt IFN4/IFN5</t>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...47 lines deleted...]
-    <t>Suisse</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>issu d'une régénération naturelle</t>
-[...8 lines deleted...]
-    <t>inconnu</t>
+    <t>natural regeneration</t>
+  </si>
+  <si>
+    <t>artificial regeneration</t>
+  </si>
+  <si>
+    <t>mixed regeneration</t>
+  </si>
+  <si>
+    <t>unknown</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1255285/437035</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">création du peuplement</t>
+      <t xml:space="preserve">stand's origin</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1003</t>
     </r>
   </si>
   <si>
-    <t>Indication si le peuplement principal actuel (c.-à-d. les arbres de la strate supérieure) est issu d'une régénération naturelle (100% de régénération naturelle), d'une régénération artificielle (&lt;20% de régénération naturelle) ou d'une régénération mixte (20-99% de régénération naturelle). Source: enquête auprès des services forestiers (MID 404: Type de création du peuplement)</t>
+    <t>Indication as to whether the current main stand (i.e. the trees of the upper layer) originated from natural regeneration (100% natural regeneration), artificial regeneration (&lt;20% natural regeneration) or mixed regeneration (20-99% natural regeneration). Reference: Forest Service Survey (MID 404: Art der Bestandesentstehung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt IFN4/IFN5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026).</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1582,51 +1582,51 @@
         <v>100.0</v>
       </c>
       <c r="AC18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD18" s="6">
         <v>100.0</v>
       </c>
       <c r="AE18" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1255285/437035</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1642,191 +1642,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">création du peuplement</t>
+            <t xml:space="preserve">stand's origin</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1003</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt IFN4/IFN5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>