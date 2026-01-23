--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,420 +14,420 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · status of certification · certification label</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · stato della certificazione · label della certificazione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...20 lines deleted...]
-    <t>certification label</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>stato della certificazione</t>
+  </si>
+  <si>
+    <t>label della certificazione</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>FSC</t>
   </si>
   <si>
     <t>PEFC</t>
   </si>
   <si>
-    <t>PEFC and FSC</t>
-[...20 lines deleted...]
-    <t>certification expired, renewal not planned</t>
+    <t>PEFC e FSC</t>
+  </si>
+  <si>
+    <t>certificazione non prevista</t>
+  </si>
+  <si>
+    <t>certificazione prevista</t>
+  </si>
+  <si>
+    <t>certificazione in corso</t>
+  </si>
+  <si>
+    <t>certificazione dell'azienda in vigore</t>
+  </si>
+  <si>
+    <t>certificazione di gruppo in vigore</t>
+  </si>
+  <si>
+    <t>certificazione dell'azienda e di gruppo in vigore</t>
+  </si>
+  <si>
+    <t>certificazione scaduta, nessun rinnovamento previsto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1255665/437415</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">status of certification</t>
+      <t xml:space="preserve">stato della certificazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #689</t>
     </r>
   </si>
   <si>
-    <t>Status and type of certification. Reference: Forest Service Survey (MID 319: Art der Zertifizierung)</t>
+    <t>Stato e tipo di certificazione. Fonte: inchiesta presso il servizio forestale (MID 319: Art der Zertifizierung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">certification label</t>
+      <t xml:space="preserve">label della certificazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #690</t>
     </r>
   </si>
   <si>
-    <t>Type of certificate: FSC and/or PEFC (NFI4, NFI5) or FSC and/or Q (PEFC) (NFI3). Reference: Forest Service Survey (MID 602: Zertifizierungs-Label)</t>
+    <t>Label della certificazione: FSC e/o PEFC (IFN4, IFN5) risp. FSC e/o Q (PEFC) (IFN3). Fonte: inchiesta presso il servizio forestale (MID 602: Zertifizierungs-Label)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -779,52 +779,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -2278,299 +2278,299 @@
         <v>18</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="6">
         <v>100.0</v>
       </c>
       <c r="J57" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1255665/437415</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">status of certification</t>
+            <t xml:space="preserve">stato della certificazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #689</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">certification label</t>
+            <t xml:space="preserve">label della certificazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #690</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>