--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,420 +14,420 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (3 classi) · stato della certificazione · label della certificazione</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Zertifizierung · Zertifizierungslabel</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...20 lines deleted...]
-    <t>label della certificazione</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Zertifizierung</t>
+  </si>
+  <si>
+    <t>Zertifizierungslabel</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>FSC</t>
   </si>
   <si>
     <t>PEFC</t>
   </si>
   <si>
-    <t>PEFC e FSC</t>
-[...20 lines deleted...]
-    <t>certificazione scaduta, nessun rinnovamento previsto</t>
+    <t>PEFC und FSC</t>
+  </si>
+  <si>
+    <t>keine Zertifizierung vorgesehen</t>
+  </si>
+  <si>
+    <t>Zertifizierung vorgesehen</t>
+  </si>
+  <si>
+    <t>Zertifizierungsprozess im Gange</t>
+  </si>
+  <si>
+    <t>Betriebszertifizierung in Kraft</t>
+  </si>
+  <si>
+    <t>Gruppenzertifizierung in Kraft</t>
+  </si>
+  <si>
+    <t>Betriebs- und Gruppenzertifizierung in Kraft</t>
+  </si>
+  <si>
+    <t>Zertifizierung abgelaufen, keine Erneuerung vorgesehen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1255665/437415</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato della certificazione</t>
+      <t xml:space="preserve">Zertifizierung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #689</t>
     </r>
   </si>
   <si>
-    <t>Stato e tipo di certificazione. Fonte: inchiesta presso il servizio forestale (MID 319: Art der Zertifizierung)</t>
+    <t>Stand und Art der Zertifizierung. Grundlage: Forstdienstbefragung (MID 319: Art der Zertifizierung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">label della certificazione</t>
+      <t xml:space="preserve">Zertifizierungslabel</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #690</t>
     </r>
   </si>
   <si>
-    <t>Label della certificazione: FSC e/o PEFC (IFN4, IFN5) risp. FSC e/o Q (PEFC) (IFN3). Fonte: inchiesta presso il servizio forestale (MID 602: Zertifizierungs-Label)</t>
+    <t>Label der Zertifizierung: FSC und/oder PEFC (LFI4, LFI5) bzw. FSC und/oder Q (PEFC) (LFI3). Grundlage: Forstdienstbefragung (MID 602: Zertifizierungs-Label)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -779,52 +779,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -2278,299 +2278,299 @@
         <v>18</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="6">
         <v>100.0</v>
       </c>
       <c r="J57" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1255665/437415</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato della certificazione</t>
+            <t xml:space="preserve">Zertifizierung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #689</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">label della certificazione</t>
+            <t xml:space="preserve">Zertifizierungslabel</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #690</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>