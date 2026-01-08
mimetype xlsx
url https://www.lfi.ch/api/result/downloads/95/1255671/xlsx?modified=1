--- v0 (2025-11-04)
+++ v1 (2026-01-08)
@@ -14,420 +14,420 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · status of certification · certification label</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Zertifizierung · Zertifizierungslabel</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...20 lines deleted...]
-    <t>certification label</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Zertifizierung</t>
+  </si>
+  <si>
+    <t>Zertifizierungslabel</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>FSC</t>
   </si>
   <si>
     <t>PEFC</t>
   </si>
   <si>
-    <t>PEFC and FSC</t>
-[...20 lines deleted...]
-    <t>certification expired, renewal not planned</t>
+    <t>PEFC und FSC</t>
+  </si>
+  <si>
+    <t>keine Zertifizierung vorgesehen</t>
+  </si>
+  <si>
+    <t>Zertifizierung vorgesehen</t>
+  </si>
+  <si>
+    <t>Zertifizierungsprozess im Gange</t>
+  </si>
+  <si>
+    <t>Betriebszertifizierung in Kraft</t>
+  </si>
+  <si>
+    <t>Gruppenzertifizierung in Kraft</t>
+  </si>
+  <si>
+    <t>Betriebs- und Gruppenzertifizierung in Kraft</t>
+  </si>
+  <si>
+    <t>Zertifizierung abgelaufen, keine Erneuerung vorgesehen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1255671/437421</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">status of certification</t>
+      <t xml:space="preserve">Zertifizierung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #689</t>
     </r>
   </si>
   <si>
-    <t>Status and type of certification. Reference: Forest Service Survey (MID 319: Art der Zertifizierung)</t>
+    <t>Stand und Art der Zertifizierung. Grundlage: Forstdienstbefragung (MID 319: Art der Zertifizierung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">certification label</t>
+      <t xml:space="preserve">Zertifizierungslabel</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #690</t>
     </r>
   </si>
   <si>
-    <t>Type of certificate: FSC and/or PEFC (NFI4, NFI5) or FSC and/or Q (PEFC) (NFI3). Reference: Forest Service Survey (MID 602: Zertifizierungs-Label)</t>
+    <t>Label der Zertifizierung: FSC und/oder PEFC (LFI4, LFI5) bzw. FSC und/oder Q (PEFC) (LFI3). Grundlage: Forstdienstbefragung (MID 602: Zertifizierungs-Label)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -779,52 +779,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -2278,299 +2278,299 @@
         <v>18</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="6">
         <v>100.0</v>
       </c>
       <c r="J57" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1255671/437421</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">status of certification</t>
+            <t xml:space="preserve">Zertifizierung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #689</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">certification label</t>
+            <t xml:space="preserve">Zertifizierungslabel</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #690</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>