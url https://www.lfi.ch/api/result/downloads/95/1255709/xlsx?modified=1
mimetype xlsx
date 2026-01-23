--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,420 +14,420 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (3 Klassen) · Zertifizierung · Zertifizierungslabel</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest type (3 classes) · status of certification · certification label</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...20 lines deleted...]
-    <t>Zertifizierungslabel</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
+  </si>
+  <si>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>status of certification</t>
+  </si>
+  <si>
+    <t>certification label</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>FSC</t>
   </si>
   <si>
     <t>PEFC</t>
   </si>
   <si>
-    <t>PEFC und FSC</t>
-[...20 lines deleted...]
-    <t>Zertifizierung abgelaufen, keine Erneuerung vorgesehen</t>
+    <t>PEFC and FSC</t>
+  </si>
+  <si>
+    <t>no certification planned</t>
+  </si>
+  <si>
+    <t>certification planned</t>
+  </si>
+  <si>
+    <t>certification in progress</t>
+  </si>
+  <si>
+    <t>enterprise certified</t>
+  </si>
+  <si>
+    <t>group certified</t>
+  </si>
+  <si>
+    <t>enterprise and groupd certified</t>
+  </si>
+  <si>
+    <t>certification expired, renewal not planned</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1255709/437459</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zertifizierung</t>
+      <t xml:space="preserve">status of certification</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #689</t>
     </r>
   </si>
   <si>
-    <t>Stand und Art der Zertifizierung. Grundlage: Forstdienstbefragung (MID 319: Art der Zertifizierung)</t>
+    <t>Status and type of certification. Reference: Forest Service Survey (MID 319: Art der Zertifizierung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zertifizierungslabel</t>
+      <t xml:space="preserve">certification label</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #690</t>
     </r>
   </si>
   <si>
-    <t>Label der Zertifizierung: FSC und/oder PEFC (LFI4, LFI5) bzw. FSC und/oder Q (PEFC) (LFI3). Grundlage: Forstdienstbefragung (MID 602: Zertifizierungs-Label)</t>
+    <t>Type of certificate: FSC and/or PEFC (NFI4, NFI5) or FSC and/or Q (PEFC) (NFI3). Reference: Forest Service Survey (MID 602: Zertifizierungs-Label)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -779,52 +779,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -2278,299 +2278,299 @@
         <v>100.0</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="6">
         <v>100.0</v>
       </c>
       <c r="J57" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1255709/437459</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zertifizierung</t>
+            <t xml:space="preserve">status of certification</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #689</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zertifizierungslabel</t>
+            <t xml:space="preserve">certification label</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #690</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>