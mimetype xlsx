--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,420 +14,420 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (3 classi) · stato della certificazione · label della certificazione</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest type (3 classes) · status of certification · certification label</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...20 lines deleted...]
-    <t>label della certificazione</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
+  </si>
+  <si>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>status of certification</t>
+  </si>
+  <si>
+    <t>certification label</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>FSC</t>
   </si>
   <si>
     <t>PEFC</t>
   </si>
   <si>
-    <t>PEFC e FSC</t>
-[...20 lines deleted...]
-    <t>certificazione scaduta, nessun rinnovamento previsto</t>
+    <t>PEFC and FSC</t>
+  </si>
+  <si>
+    <t>no certification planned</t>
+  </si>
+  <si>
+    <t>certification planned</t>
+  </si>
+  <si>
+    <t>certification in progress</t>
+  </si>
+  <si>
+    <t>enterprise certified</t>
+  </si>
+  <si>
+    <t>group certified</t>
+  </si>
+  <si>
+    <t>enterprise and groupd certified</t>
+  </si>
+  <si>
+    <t>certification expired, renewal not planned</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1255899/437649</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato della certificazione</t>
+      <t xml:space="preserve">status of certification</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #689</t>
     </r>
   </si>
   <si>
-    <t>Stato e tipo di certificazione. Fonte: inchiesta presso il servizio forestale (MID 319: Art der Zertifizierung)</t>
+    <t>Status and type of certification. Reference: Forest Service Survey (MID 319: Art der Zertifizierung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">label della certificazione</t>
+      <t xml:space="preserve">certification label</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #690</t>
     </r>
   </si>
   <si>
-    <t>Label della certificazione: FSC e/o PEFC (IFN4, IFN5) risp. FSC e/o Q (PEFC) (IFN3). Fonte: inchiesta presso il servizio forestale (MID 602: Zertifizierungs-Label)</t>
+    <t>Type of certificate: FSC and/or PEFC (NFI4, NFI5) or FSC and/or Q (PEFC) (NFI3). Reference: Forest Service Survey (MID 602: Zertifizierungs-Label)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -779,52 +779,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -2278,299 +2278,299 @@
         <v>62.3</v>
       </c>
       <c r="H57" s="6">
         <v>7</v>
       </c>
       <c r="I57" s="6">
         <v>1290.8</v>
       </c>
       <c r="J57" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1255899/437649</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato della certificazione</t>
+            <t xml:space="preserve">status of certification</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #689</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">label della certificazione</t>
+            <t xml:space="preserve">certification label</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #690</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>