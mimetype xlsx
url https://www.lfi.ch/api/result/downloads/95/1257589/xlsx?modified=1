--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>aspect (5 classes) · traces of erosion</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>esposizione (5 classi) · tracce di erosione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...26 lines deleted...]
-    <t>traces of erosion</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>esposizione (5 classi)</t>
+  </si>
+  <si>
+    <t>tracce di erosione</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not present</t>
-[...8 lines deleted...]
-    <t>indetermined</t>
+    <t>non presenti</t>
+  </si>
+  <si>
+    <t>presenti</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>indeterminata</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>W</t>
+    <t>O</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257589/439339</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">aspect (5 classes)</t>
+      <t xml:space="preserve">esposizione (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Aspect, classified into the following five classes: North, East, South, West and indeterminate. «Indeterminate» means that the slope is ≤10%. Reference: Field Survey (MID 191: Azimut der Exposition)</t>
+    <t>Esposizione secondo le seguenti cinque classi: nord, est, sud, ovest e indeterminata. «Indeterminata» significa che la superficie ha una pendenza ≤10%. Fonte: rilievo sul terreno (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">traces of erosion</t>
+      <t xml:space="preserve">tracce di erosione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1662</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without traces of erosion due to water on at least 100 m² (sum of eroded parts) of the interpretation area (50 × 50 m). Reference: Field Survey (MID 194: Erosion durch Wasser) or – if the forest is inaccessible – aerial photo interpretation</t>
+    <t>Probeflächen mit/ohne Spuren von Erosion durch Wasser auf mindestens 100 m² (Summe der erodierten Teilflächen) der Interpretationsfläche (50 × 50 m). Fonte: rilievo sul terreno (MID 194: Erosion durch Wasser)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2099,268 +2099,268 @@
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257589/439339</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">aspect (5 classes)</t>
+            <t xml:space="preserve">esposizione (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">traces of erosion</t>
+            <t xml:space="preserve">tracce di erosione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1662</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>