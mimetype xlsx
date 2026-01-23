--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI3–NFI4</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>LFI3–LFI4</t>
+  </si>
+  <si>
+    <t>Zuwachs (Bruttozuwachs)</t>
+  </si>
+  <si>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>1000 m³/yr</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1261538/443288</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">increment (gross increment)</t>
+      <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
+    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
+    <t>Wald, der sowohl im LFI3 (2004-2006) als auch im LFI4 (2009-2017) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,64 +715,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1211,235 +1211,235 @@
         <v>913</v>
       </c>
       <c r="M19" s="7">
         <v>5</v>
       </c>
       <c r="N19" s="7">
         <v>10810</v>
       </c>
       <c r="O19" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1261538/443288</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">increment (gross increment)</t>
+            <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>