--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI3–NFI4</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>LFI3–LFI4</t>
+  </si>
+  <si>
+    <t>Zuwachs (Bruttozuwachs)</t>
+  </si>
+  <si>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>m³/ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1261593/443343</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">increment (gross increment)</t>
+      <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
+    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
+    <t>Wald, der sowohl im LFI3 (2004-2006) als auch im LFI4 (2009-2017) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,64 +715,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1211,235 +1211,235 @@
         <v>6.0</v>
       </c>
       <c r="M19" s="7">
         <v>5</v>
       </c>
       <c r="N19" s="7">
         <v>9.3</v>
       </c>
       <c r="O19" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1261593/443343</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">increment (gross increment)</t>
+            <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>