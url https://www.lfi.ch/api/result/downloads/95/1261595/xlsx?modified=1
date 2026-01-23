--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>IFN3–IFN4</t>
-[...5 lines deleted...]
-    <t>altitude (par classes de 400 m)</t>
+    <t>NFI3–NFI4</t>
+  </si>
+  <si>
+    <t>increment (gross increment)</t>
+  </si>
+  <si>
+    <t>altitude (in 400 m classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/an</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN3/IFN4</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région de production</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>change 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Préalpes</t>
-[...11 lines deleted...]
-    <t>m³/ha/an</t>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t xml:space="preserve">1001-1400 m </t>
+    <t>1001-1400 m</t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1261595/443345</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accroissement (accroissement brut)</t>
+      <t xml:space="preserve">increment (gross increment)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Augmentation du volume du bois de tige en écorce de tous les arbres et arbustes avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm ayant survécu entre deux inventaires, le volume du bois de tige en écorce du passage à la futaie, et l’augmentation modélisée du volume du bois de tige en écorce des pertes durant la moitié de la période d’inventaire.</t>
+    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (par classes de 400 m)</t>
+      <t xml:space="preserve">altitude (in 400 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude par tranches de 400 m. Source: modèle numérique du terrain MNT25 de Swisstopo</t>
+    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN3/IFN4</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN3 (2004-2006) que dans l'IFN4 (2009-2017).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1152,233 +1152,233 @@
         <v>6.1</v>
       </c>
       <c r="K19" s="7">
         <v>5</v>
       </c>
       <c r="L19" s="7">
         <v>9.3</v>
       </c>
       <c r="M19" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1261595/443345</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accroissement (accroissement brut)</t>
+            <t xml:space="preserve">increment (gross increment)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (par classes de 400 m)</t>
+            <t xml:space="preserve">altitude (in 400 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN3/IFN4</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>