--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,451 +14,451 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>volume of bolewood (HG 2010)</t>
+    <t>Schaftderbholzvolumen (HG 2010)</t>
   </si>
   <si>
-    <t>type of assortment · main tree species</t>
+    <t>Sortimentierungsart · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>type of assortment</t>
+    <t>Sortimentierungsart</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>coniferous wood</t>
+    <t>Nadel-Holz</t>
   </si>
   <si>
-    <t>coniferous shortwood</t>
+    <t>Nadel-Kurzholz</t>
   </si>
   <si>
-    <t>coniferous mediumwood</t>
+    <t>Nadel-Mittellangholz</t>
   </si>
   <si>
-    <t>coniferous longwood</t>
+    <t>Nadel-Langholz</t>
   </si>
   <si>
-    <t>broadleaf roundwood</t>
+    <t>Laub-Rundholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1261681/443431</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+      <t xml:space="preserve">Schaftderbholzvolumen (HG 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #211</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark or stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm, based on the stem-form functions according to Kaufmann (2001). The definition of the assortments is based on the 2010 edition of the Swiss trading customs for raw timber (HG 2010).</t>
+    <t>Holzvolumen des Schaftes ohne Rinde und ohne Stock von mindestens 7 cm Durchmesser (Derbholzgrenze) aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), ermittelt mit den Schaftform-Funktionen gemäss Kaufmann (2001). Die Definition der Sortimente erfolgte nach den Handelsgebräuchen Ausgabe 2010.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of assortment</t>
+      <t xml:space="preserve">Sortimentierungsart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2221</t>
     </r>
   </si>
   <si>
-    <t>Sorting of roundwood into five length classes (4 for conifers, 1 for broadleaves) on the basis of the 2010 and 2021 editions of the Swiss Trading Customs for Raw Timber (HG 2010, Waldwirtschaft Schweiz et al. 2010). Reference: Forest Service Survey (MID 2020: Längensortierung des Nadelrundholzes)</t>
+    <t>Längensortierung des Rundholzes in fünf Klassen (4 für Nadelholz und 1 für Laubholz) nach den Schweizer Handelsgebräuchen für Rohholz, Ausgaben 2010 und 2021 (HG 2010). Grundlage: Forstdienstbefragung (MID 2020: Längensortierung des Nadelrundholzes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -810,52 +810,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -11189,51 +11189,51 @@
         <v>100.0</v>
       </c>
       <c r="AD117" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE117" s="6">
         <v>100.0</v>
       </c>
       <c r="AF117" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="118" spans="1:32" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1261681/443431</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
@@ -11249,226 +11249,226 @@
       <c r="V118" s="3"/>
       <c r="W118" s="3"/>
       <c r="X118" s="3"/>
       <c r="Y118" s="3"/>
       <c r="Z118" s="3"/>
       <c r="AA118" s="3"/>
       <c r="AB118" s="3"/>
       <c r="AC118" s="3"/>
       <c r="AD118" s="3"/>
       <c r="AE118" s="3"/>
       <c r="AF118" s="3"/>
     </row>
     <row r="121" spans="1:32">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+            <t xml:space="preserve">Schaftderbholzvolumen (HG 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #211</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:32" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="124" spans="1:32">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of assortment</t>
+            <t xml:space="preserve">Sortimentierungsart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2221</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:32" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="127" spans="1:32">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:32" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="130" spans="1:32">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:32" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="133" spans="1:32">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:32" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="136" spans="1:32">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:32" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>